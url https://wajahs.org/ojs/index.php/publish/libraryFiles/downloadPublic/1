--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -1,488 +1,428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="1E0D4F11" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B" w:rsidP="000C575C">
+    <w:p w14:paraId="3AC6995C" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:rPr>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>West African Journal of Allied Health Sciences (WAJAHS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9F0887" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B" w:rsidP="000C575C">
+    <w:p w14:paraId="6FF62381" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>COPYRIGHT AGREEMENT FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDFAD01" w14:textId="77777777" w:rsidR="0064372B" w:rsidRDefault="0064372B" w:rsidP="000C575C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+    <w:p w14:paraId="50BCF7D6" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
         <w:t>Title of Manuscript:</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
+        <w:br/>
         <w:t>_________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0AB6559B" w14:textId="77777777" w:rsidR="0064372B" w:rsidRDefault="0064372B" w:rsidP="000C575C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+    <w:p w14:paraId="7C7C9CD6" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
         <w:t>Corresponding Author:</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
+        <w:br/>
         <w:t>Full Name: _____________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>Email: _________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>Institutional Affiliation: _________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7510660F" w14:textId="77777777" w:rsidR="0064372B" w:rsidRDefault="0064372B" w:rsidP="000C575C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+    <w:p w14:paraId="7FD4679F" w14:textId="77777777" w:rsidR="00ED599F" w:rsidRPr="00970489" w:rsidRDefault="00970489" w:rsidP="00ED599F">
+      <w:r w:rsidRPr="00970489">
         <w:t>Co-Author(s):</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>1. _____________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>2. _____________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>3. _____________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C">
-        <w:t>__________________________________________________</w:t>
+      <w:r w:rsidRPr="00970489">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00ED599F" w:rsidRPr="00970489">
+        <w:t>[Add rows as needed</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED599F">
+        <w:t xml:space="preserve"> to a maximum of 8 co-authors for non-multicenter collaborations</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED599F" w:rsidRPr="00970489">
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F98D436" w14:textId="77777777" w:rsidR="0064372B" w:rsidRDefault="0064372B" w:rsidP="000C575C">
-[...30 lines deleted...]
-    <w:p w14:paraId="011C15B8" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
+    <w:p w14:paraId="5399C49D" w14:textId="12984C14" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
+    <w:p w14:paraId="4D189313" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Copyright Transfer and Author Agreement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D79EE70" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-      <w:r w:rsidRPr="000C575C">
+    <w:p w14:paraId="42CF2A27" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
         <w:t>By signing this form, the undersigned author(s) certify that:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>1. The manuscript is an original work and has not been published, nor is it under consideration for publication elsewhere.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>2. All authors have made substantial contributions to the manuscript and have approved the final version for submission.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>3. The manuscript contains no defamatory, fraudulent, or illegal material, and does not violate any copyright or intellectual property rights.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
-      </w:r>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>4. All sources of funding and potential conflicts of interest have been disclosed in the manuscript.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>5. The authors agree to transfer full copyright of the submitted manuscript to West African Journal of Allied Health Sciences (WAJAHS) upon acceptance for publication.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>6. The authors retain the right to use the content for non-commercial scholarly purposes with proper citation to WAJAHS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BD1A2D" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-      <w:r w:rsidRPr="000C575C">
+    <w:p w14:paraId="2090E360" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
         <w:t>Signature(s) of Author(s)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2880"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="2877"/>
+        <w:gridCol w:w="2877"/>
+        <w:gridCol w:w="2876"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C575C" w:rsidRPr="000C575C" w14:paraId="69E50A35" w14:textId="77777777" w:rsidTr="000C575C">
+      <w:tr w:rsidR="00970489" w:rsidRPr="00970489" w14:paraId="7AA06E48" w14:textId="77777777" w:rsidTr="00DE154B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26A20D5F" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-            <w:r w:rsidRPr="000C575C">
+          <w:p w14:paraId="716F9F1B" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+            <w:r w:rsidRPr="00970489">
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31E7CF94" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-            <w:r w:rsidRPr="000C575C">
+          <w:p w14:paraId="6237C8B7" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+            <w:r w:rsidRPr="00970489">
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="251320FB" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-            <w:r w:rsidRPr="000C575C">
+          <w:p w14:paraId="111C02B4" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+            <w:r w:rsidRPr="00970489">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C575C" w:rsidRPr="000C575C" w14:paraId="46EFA87F" w14:textId="77777777" w:rsidTr="000C575C">
+      <w:tr w:rsidR="00970489" w:rsidRPr="00970489" w14:paraId="5FE82F3B" w14:textId="77777777" w:rsidTr="00DE154B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12C588F8" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="77B3B784" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F245348" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="44942A6E" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9BCC0B" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="032C91F6" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C575C" w:rsidRPr="000C575C" w14:paraId="47998F83" w14:textId="77777777" w:rsidTr="000C575C">
+      <w:tr w:rsidR="00970489" w:rsidRPr="00970489" w14:paraId="76BDA385" w14:textId="77777777" w:rsidTr="00DE154B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="731FFC8E" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="6968D25C" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D28CD6C" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="755B01CA" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115D6933" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="3F609194" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C575C" w:rsidRPr="000C575C" w14:paraId="73BE8FA7" w14:textId="77777777" w:rsidTr="000C575C">
+      <w:tr w:rsidR="00970489" w:rsidRPr="00970489" w14:paraId="430C21E4" w14:textId="77777777" w:rsidTr="00DE154B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69236117" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="64370D77" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D509AA8" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="2F0C7AA7" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6849D6B3" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="00415177"/>
+          <w:p w14:paraId="0CCA2C24" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="0054225D"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="185BE742" w14:textId="77777777" w:rsidR="0064372B" w:rsidRDefault="0064372B"/>
-[...2 lines deleted...]
-        <w:t>[Add rows as needed]</w:t>
+    <w:p w14:paraId="437D063D" w14:textId="1588ACAD" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
+        <w:lastRenderedPageBreak/>
+        <w:t>[Add rows as needed</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE154B">
+        <w:t xml:space="preserve"> to a maximum of 8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED599F">
+        <w:t>co-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE154B">
+        <w:t>authors for non</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32838">
+        <w:t xml:space="preserve">-multicenter </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED599F">
+        <w:t>collaborations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970489">
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEB7391" w14:textId="77777777" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-      <w:r w:rsidRPr="000C575C">
+    <w:p w14:paraId="2E6526E8" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
         <w:t>Corresponding Author’s Declaration</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C575C">
+      <w:r w:rsidRPr="00970489">
         <w:br/>
         <w:t>I, the corresponding author, confirm that the information provided is accurate and that all listed co-authors have agreed to the terms above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBD7571" w14:textId="334C2B35" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-      <w:r w:rsidRPr="000C575C">
+    <w:p w14:paraId="79925676" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
         <w:t>Name: ____________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C" w:rsidRPr="000C575C">
-        <w:t>__________________________________________________________</w:t>
+    </w:p>
+    <w:p w14:paraId="7E0BF84E" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
+        <w:t>Signature: ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B4F3BE0" w14:textId="798EA100" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________</w:t>
+    <w:p w14:paraId="2C41C9E3" w14:textId="77777777" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
+        <w:t>Date: _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B8F9B0" w14:textId="7252D813" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-[...1 lines deleted...]
-        <w:t>Date: _____________________________________</w:t>
+    <w:p w14:paraId="72EAE58D" w14:textId="02F054D0" w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidRDefault="00970489">
+      <w:r w:rsidRPr="00970489">
+        <w:t>Submission Instructions:</w:t>
       </w:r>
-      <w:r w:rsidR="000C575C" w:rsidRPr="000C575C">
-        <w:t>__________________________________________________________</w:t>
+      <w:r w:rsidRPr="00970489">
+        <w:br/>
+        <w:t>Please complete and return this signed form via email to the editorial office at:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE154B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D3B4C">
+        <w:t>editor@wajahs</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE154B">
+        <w:t>.org</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384F8B69" w14:textId="14C29F54" w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidRDefault="0064372B">
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="00415177" w:rsidRPr="000C575C" w:rsidSect="00034616">
+    <w:sectPr w:rsidR="0054225D" w:rsidRPr="00970489" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E4089024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -610,141 +550,145 @@
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="29761A62"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="188420374">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="776678523">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1643995576">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1917282281">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1007900666">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2115977893">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="583103203">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1843617101">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1229342538">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="0006063C"/>
-    <w:rsid w:val="000C575C"/>
     <w:rsid w:val="0015074B"/>
-    <w:rsid w:val="00154B5B"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="00326F90"/>
-    <w:rsid w:val="00415177"/>
-    <w:rsid w:val="0064372B"/>
+    <w:rsid w:val="003D3B4C"/>
+    <w:rsid w:val="0054225D"/>
+    <w:rsid w:val="00970489"/>
     <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00B32838"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00DE154B"/>
+    <w:rsid w:val="00ED599F"/>
     <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="581375BA"/>
+  <w14:docId w14:val="038403D7"/>
   <w14:defaultImageDpi w14:val="300"/>
-  <w15:docId w15:val="{BDDEC445-CBD0-4C22-9CC1-6C589EA9AE96}"/>
+  <w15:docId w15:val="{B0CA7723-423A-4DD0-87CF-5E46E007ECD5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12083,51 +12027,51 @@
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -12433,72 +12377,80 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>420</Words>
-  <Characters>2396</Characters>
+  <Words>311</Words>
+  <Characters>1778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2811</CharactersWithSpaces>
+  <CharactersWithSpaces>2085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>85e5c88d-dd0f-4cc5-8bfe-72a36525f775</vt:lpwstr>
+  </property>
+</Properties>
+</file>